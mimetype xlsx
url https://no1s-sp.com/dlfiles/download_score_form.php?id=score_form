--- v0 (2026-01-17)
+++ v1 (2026-03-04)
@@ -9,53 +9,53 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\y.ohno\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{07EEDECD-9C11-438F-8A2C-A566719E60DD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5B8A65D2-1B2B-4F9A-827E-B457315E5016}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="5025" yWindow="1680" windowWidth="24615" windowHeight="15345" xr2:uid="{9AF8232F-C2B7-49E7-9B6D-E36761287D69}"/>
+    <workbookView xWindow="2445" yWindow="135" windowWidth="31350" windowHeight="20745" xr2:uid="{9AF8232F-C2B7-49E7-9B6D-E36761287D69}"/>
   </bookViews>
   <sheets>
     <sheet name="成績表1" sheetId="1" r:id="rId1"/>
     <sheet name="成績表2" sheetId="6" r:id="rId2"/>
     <sheet name="成績表3" sheetId="7" r:id="rId3"/>
     <sheet name="成績表4" sheetId="8" r:id="rId4"/>
     <sheet name="成績表5" sheetId="9" r:id="rId5"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
@@ -72,54 +72,50 @@
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>4.</t>
   </si>
   <si>
     <t>5.</t>
   </si>
   <si>
     <t>6.</t>
   </si>
   <si>
     <t>2.</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>3.</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>成績表のわかるURL又は画像を添付</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>順位（1位から10位まで）</t>
-    <phoneticPr fontId="1"/>
-[...2 lines deleted...]
-    <t>トーナメントの期間</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>トーナメントの名称</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>生年月日</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>氏名</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>※5大会以上の登録が必要な場合はシートをコピーして記述してください</t>
     <rPh sb="2" eb="4">
       <t>タイカイ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>イジョウ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>トウロク</t>
     </rPh>
@@ -180,105 +176,118 @@
         <color theme="1" tint="0.249977111117893"/>
         <rFont val="游ゴシック"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="minor"/>
       </rPr>
       <t>　</t>
     </r>
     <rPh sb="2" eb="3">
       <t>シゲル</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>イサオ</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>オモテ</t>
     </rPh>
     <rPh sb="8" eb="9">
       <t>ジョウ</t>
     </rPh>
     <rPh sb="10" eb="11">
       <t>ホウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
+  <si>
+    <t>トーナメントの開催日（順位が決定した日）</t>
+    <phoneticPr fontId="1"/>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
-    <numFmt numFmtId="183" formatCode="[$-F800]dddd\,\ mmmm\ dd\,\ yyyy"/>
+    <numFmt numFmtId="176" formatCode="[$-F800]dddd\,\ mmmm\ dd\,\ yyyy"/>
   </numFmts>
-  <fonts count="6" x14ac:knownFonts="1">
+  <fonts count="7" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="游ゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1" tint="0.249977111117893"/>
       <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="6"/>
       <color theme="1" tint="0.249977111117893"/>
       <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color theme="1" tint="0.249977111117893"/>
       <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="FFFF0000"/>
+      <name val="游ゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color theme="1" tint="0.249977111117893"/>
       <name val="游ゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.89999084444715716"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
@@ -321,80 +330,83 @@
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="10">
+  <cellXfs count="11">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="183" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
   <a:themeElements>
@@ -723,500 +735,497 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B80D83C0-8C65-4D32-B389-72563E7E4552}">
   <dimension ref="B2:D9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="3.125" customWidth="1"/>
     <col min="2" max="2" width="3" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="35.5" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="80" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:4" x14ac:dyDescent="0.4">
-      <c r="B2" s="9" t="s">
+      <c r="B2" s="6" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="3" spans="2:4" ht="56.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B3" s="7" t="s">
         <v>12</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="D3" s="7"/>
+      <c r="C3" s="8"/>
+      <c r="D3" s="9"/>
     </row>
     <row r="4" spans="2:4" x14ac:dyDescent="0.4">
       <c r="B4" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="C4" s="8" t="s">
-        <v>11</v>
+      <c r="C4" s="5" t="s">
+        <v>10</v>
       </c>
       <c r="D4" s="3"/>
     </row>
     <row r="5" spans="2:4" x14ac:dyDescent="0.4">
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="C5" s="8" t="s">
-        <v>10</v>
+      <c r="C5" s="5" t="s">
+        <v>9</v>
       </c>
       <c r="D5" s="4"/>
     </row>
     <row r="6" spans="2:4" x14ac:dyDescent="0.4">
       <c r="B6" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C6" s="8" t="s">
-        <v>9</v>
+      <c r="C6" s="5" t="s">
+        <v>8</v>
       </c>
       <c r="D6" s="3"/>
     </row>
     <row r="7" spans="2:4" x14ac:dyDescent="0.4">
       <c r="B7" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="C7" s="8" t="s">
-        <v>8</v>
+      <c r="C7" s="10" t="s">
+        <v>13</v>
       </c>
       <c r="D7" s="3"/>
     </row>
     <row r="8" spans="2:4" x14ac:dyDescent="0.4">
       <c r="B8" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="C8" s="8" t="s">
+      <c r="C8" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D8" s="3"/>
     </row>
     <row r="9" spans="2:4" ht="357.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B9" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="C9" s="8" t="s">
+      <c r="C9" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D9" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B3:D3"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{81088B41-F56B-422B-94FA-6D46E036130A}">
   <dimension ref="B2:D9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="3.125" customWidth="1"/>
     <col min="2" max="2" width="3" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="35.5" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="80" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:4" x14ac:dyDescent="0.4">
-      <c r="B2" s="9" t="s">
+      <c r="B2" s="6" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="3" spans="2:4" ht="56.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B3" s="7" t="s">
         <v>12</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="D3" s="7"/>
+      <c r="C3" s="8"/>
+      <c r="D3" s="9"/>
     </row>
     <row r="4" spans="2:4" x14ac:dyDescent="0.4">
       <c r="B4" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="C4" s="8" t="s">
-        <v>11</v>
+      <c r="C4" s="5" t="s">
+        <v>10</v>
       </c>
       <c r="D4" s="3"/>
     </row>
     <row r="5" spans="2:4" x14ac:dyDescent="0.4">
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="C5" s="8" t="s">
-        <v>10</v>
+      <c r="C5" s="5" t="s">
+        <v>9</v>
       </c>
       <c r="D5" s="4"/>
     </row>
     <row r="6" spans="2:4" x14ac:dyDescent="0.4">
       <c r="B6" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C6" s="8" t="s">
-        <v>9</v>
+      <c r="C6" s="5" t="s">
+        <v>8</v>
       </c>
       <c r="D6" s="3"/>
     </row>
     <row r="7" spans="2:4" x14ac:dyDescent="0.4">
       <c r="B7" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="C7" s="8" t="s">
-        <v>8</v>
+      <c r="C7" s="10" t="s">
+        <v>13</v>
       </c>
       <c r="D7" s="3"/>
     </row>
     <row r="8" spans="2:4" x14ac:dyDescent="0.4">
       <c r="B8" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="C8" s="8" t="s">
+      <c r="C8" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D8" s="3"/>
     </row>
     <row r="9" spans="2:4" ht="357.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B9" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="C9" s="8" t="s">
+      <c r="C9" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D9" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B3:D3"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{33611FC4-125C-42BE-A4D5-CD4D12CB29E2}">
   <dimension ref="B2:D9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="3.125" customWidth="1"/>
     <col min="2" max="2" width="3" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="35.5" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="80" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:4" x14ac:dyDescent="0.4">
-      <c r="B2" s="9" t="s">
+      <c r="B2" s="6" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="3" spans="2:4" ht="56.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B3" s="7" t="s">
         <v>12</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="D3" s="7"/>
+      <c r="C3" s="8"/>
+      <c r="D3" s="9"/>
     </row>
     <row r="4" spans="2:4" x14ac:dyDescent="0.4">
       <c r="B4" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="C4" s="8" t="s">
-        <v>11</v>
+      <c r="C4" s="5" t="s">
+        <v>10</v>
       </c>
       <c r="D4" s="3"/>
     </row>
     <row r="5" spans="2:4" x14ac:dyDescent="0.4">
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="C5" s="8" t="s">
-        <v>10</v>
+      <c r="C5" s="5" t="s">
+        <v>9</v>
       </c>
       <c r="D5" s="4"/>
     </row>
     <row r="6" spans="2:4" x14ac:dyDescent="0.4">
       <c r="B6" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C6" s="8" t="s">
-        <v>9</v>
+      <c r="C6" s="5" t="s">
+        <v>8</v>
       </c>
       <c r="D6" s="3"/>
     </row>
     <row r="7" spans="2:4" x14ac:dyDescent="0.4">
       <c r="B7" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="C7" s="8" t="s">
-        <v>8</v>
+      <c r="C7" s="10" t="s">
+        <v>13</v>
       </c>
       <c r="D7" s="3"/>
     </row>
     <row r="8" spans="2:4" x14ac:dyDescent="0.4">
       <c r="B8" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="C8" s="8" t="s">
+      <c r="C8" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D8" s="3"/>
     </row>
     <row r="9" spans="2:4" ht="357.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B9" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="C9" s="8" t="s">
+      <c r="C9" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D9" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B3:D3"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2D178C73-B99E-4A93-BFA7-2CDF824BEDF9}">
   <dimension ref="B2:D9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="3.125" customWidth="1"/>
     <col min="2" max="2" width="3" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="35.5" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="80" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:4" x14ac:dyDescent="0.4">
-      <c r="B2" s="9" t="s">
+      <c r="B2" s="6" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="3" spans="2:4" ht="56.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B3" s="7" t="s">
         <v>12</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="D3" s="7"/>
+      <c r="C3" s="8"/>
+      <c r="D3" s="9"/>
     </row>
     <row r="4" spans="2:4" x14ac:dyDescent="0.4">
       <c r="B4" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="C4" s="8" t="s">
-        <v>11</v>
+      <c r="C4" s="5" t="s">
+        <v>10</v>
       </c>
       <c r="D4" s="3"/>
     </row>
     <row r="5" spans="2:4" x14ac:dyDescent="0.4">
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="C5" s="8" t="s">
-        <v>10</v>
+      <c r="C5" s="5" t="s">
+        <v>9</v>
       </c>
       <c r="D5" s="4"/>
     </row>
     <row r="6" spans="2:4" x14ac:dyDescent="0.4">
       <c r="B6" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C6" s="8" t="s">
-        <v>9</v>
+      <c r="C6" s="5" t="s">
+        <v>8</v>
       </c>
       <c r="D6" s="3"/>
     </row>
     <row r="7" spans="2:4" x14ac:dyDescent="0.4">
       <c r="B7" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="C7" s="8" t="s">
-        <v>8</v>
+      <c r="C7" s="10" t="s">
+        <v>13</v>
       </c>
       <c r="D7" s="3"/>
     </row>
     <row r="8" spans="2:4" x14ac:dyDescent="0.4">
       <c r="B8" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="C8" s="8" t="s">
+      <c r="C8" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D8" s="3"/>
     </row>
     <row r="9" spans="2:4" ht="357.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B9" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="C9" s="8" t="s">
+      <c r="C9" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D9" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B3:D3"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A3BBD242-3F8C-4C81-A728-F9F8EB482A5A}">
   <dimension ref="B2:D9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="18.75" x14ac:dyDescent="0.4"/>
   <cols>
     <col min="1" max="1" width="3.125" customWidth="1"/>
     <col min="2" max="2" width="3" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="35.5" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="80" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:4" x14ac:dyDescent="0.4">
-      <c r="B2" s="9" t="s">
+      <c r="B2" s="6" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="3" spans="2:4" ht="56.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B3" s="7" t="s">
         <v>12</v>
       </c>
-    </row>
-[...5 lines deleted...]
-      <c r="D3" s="7"/>
+      <c r="C3" s="8"/>
+      <c r="D3" s="9"/>
     </row>
     <row r="4" spans="2:4" x14ac:dyDescent="0.4">
       <c r="B4" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="C4" s="8" t="s">
-        <v>11</v>
+      <c r="C4" s="5" t="s">
+        <v>10</v>
       </c>
       <c r="D4" s="3"/>
     </row>
     <row r="5" spans="2:4" x14ac:dyDescent="0.4">
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="C5" s="8" t="s">
-        <v>10</v>
+      <c r="C5" s="5" t="s">
+        <v>9</v>
       </c>
       <c r="D5" s="4"/>
     </row>
     <row r="6" spans="2:4" x14ac:dyDescent="0.4">
       <c r="B6" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="C6" s="8" t="s">
-        <v>9</v>
+      <c r="C6" s="5" t="s">
+        <v>8</v>
       </c>
       <c r="D6" s="3"/>
     </row>
     <row r="7" spans="2:4" x14ac:dyDescent="0.4">
       <c r="B7" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="C7" s="8" t="s">
-        <v>8</v>
+      <c r="C7" s="10" t="s">
+        <v>13</v>
       </c>
       <c r="D7" s="3"/>
     </row>
     <row r="8" spans="2:4" x14ac:dyDescent="0.4">
       <c r="B8" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="C8" s="8" t="s">
+      <c r="C8" s="5" t="s">
         <v>7</v>
       </c>
       <c r="D8" s="3"/>
     </row>
     <row r="9" spans="2:4" ht="357.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B9" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="C9" s="8" t="s">
+      <c r="C9" s="5" t="s">
         <v>6</v>
       </c>
       <c r="D9" s="3"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B3:D3"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>成績表1</vt:lpstr>
       <vt:lpstr>成績表2</vt:lpstr>
       <vt:lpstr>成績表3</vt:lpstr>
       <vt:lpstr>成績表4</vt:lpstr>
       <vt:lpstr>成績表5</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>悠一 大野</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>